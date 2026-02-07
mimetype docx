--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -1,3931 +1,4468 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0009797E" w:rsidRPr="009053E6" w:rsidRDefault="0009797E" w:rsidP="0009797E">
+    <w:p w:rsidR="0009797E" w:rsidRPr="004B2FF6" w:rsidRDefault="0009797E" w:rsidP="0009797E">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="10773"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009053E6">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>УТВЕРЖДЕНО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0009797E" w:rsidRPr="00EA049C" w:rsidRDefault="0009797E" w:rsidP="0009797E">
+    <w:p w:rsidR="0009797E" w:rsidRPr="004B2FF6" w:rsidRDefault="0009797E" w:rsidP="0009797E">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="10773"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009053E6">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="be-BY"/>
         </w:rPr>
         <w:t xml:space="preserve">протоколом </w:t>
       </w:r>
-      <w:r w:rsidRPr="009053E6">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t xml:space="preserve">комиссии по профилактике производственного травматизма и профессиональной заболеваемости при Гродненском </w:t>
+        <w:t>комиссии по профилактике производственного травматизма и профессиональной заболеваемости при Гродненском областном исполнительном комитете</w:t>
       </w:r>
-      <w:r w:rsidR="00415317" w:rsidRPr="00EA049C">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
+          <w:lang w:val="be-BY"/>
         </w:rPr>
-        <w:t xml:space="preserve">городском </w:t>
-[...6 lines deleted...]
-        <w:t>исполнительном комитете</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0009797E" w:rsidRPr="00B66395" w:rsidRDefault="0009797E" w:rsidP="0009797E">
+    <w:p w:rsidR="0009797E" w:rsidRPr="004B2FF6" w:rsidRDefault="0009797E" w:rsidP="0009797E">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="10773"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA049C">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">от  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B977EA" w:rsidRPr="00EA049C">
+      <w:r w:rsidRPr="004B2FF6">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6BC7">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2FF6">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B1BDF" w:rsidRPr="004B2FF6">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60423" w:rsidRPr="004B2FF6">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82B05" w:rsidRPr="004B2FF6">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2FF6">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D6A" w:rsidRPr="004B2FF6">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>26</w:t>
+        <w:t xml:space="preserve"> № </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA049C">
+      <w:r w:rsidR="00E93021">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...34 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D40F3" w:rsidRPr="009053E6" w:rsidRDefault="007D40F3" w:rsidP="007D40F3">
+    <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="007D40F3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D3BED" w:rsidRPr="009053E6" w:rsidRDefault="002D3BED" w:rsidP="002D3BED">
+    <w:p w:rsidR="002D3BED" w:rsidRPr="004B2FF6" w:rsidRDefault="002D3BED" w:rsidP="002D3BED">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009053E6">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>Комплекс мер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D3BED" w:rsidRPr="009053E6" w:rsidRDefault="002D3BED" w:rsidP="002D3BED">
+    <w:p w:rsidR="002D3BED" w:rsidRPr="004B2FF6" w:rsidRDefault="002D3BED" w:rsidP="002D3BED">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009053E6">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">по профилактике производственного травматизма в организациях </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D40F3" w:rsidRPr="009053E6" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
+    <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009053E6">
+      <w:r w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B66395">
+      <w:r w:rsidR="00E93021">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>г. Гродно</w:t>
+        <w:t xml:space="preserve">г. Гродно </w:t>
       </w:r>
-      <w:r w:rsidRPr="009053E6">
-[...7 lines deleted...]
-      <w:r w:rsidR="002D3BED" w:rsidRPr="009053E6">
+      <w:r w:rsidR="002D3BED" w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>на 202</w:t>
       </w:r>
-      <w:r w:rsidR="00C60423">
+      <w:r w:rsidR="003E2D6A" w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="002D3BED" w:rsidRPr="009053E6">
+      <w:r w:rsidR="002D3BED" w:rsidRPr="004B2FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D40F3" w:rsidRPr="009053E6" w:rsidRDefault="007D40F3" w:rsidP="007D40F3">
+    <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="007D40F3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="15801" w:type="dxa"/>
+        <w:tblW w:w="15451" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="992"/>
         <w:gridCol w:w="7229"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="142"/>
-        <w:gridCol w:w="4886"/>
+        <w:gridCol w:w="4395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D40F3" w:rsidRPr="00E62213" w:rsidTr="001D7E05">
+      <w:tr w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="762"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007D40F3" w:rsidRPr="00E62213" w:rsidRDefault="007D40F3" w:rsidP="006102CE">
-[...14 lines deleted...]
-              <w:t>п/п</w:t>
+          <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D40F3" w:rsidRPr="00E62213" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Наименование мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D40F3" w:rsidRPr="00E62213" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Срок исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D40F3" w:rsidRPr="00E62213" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
-[...14 lines deleted...]
-              <w:t>Ответственные за исполнение</w:t>
+          <w:p w:rsidR="007D40F3" w:rsidRPr="004B2FF6" w:rsidRDefault="007D40F3" w:rsidP="00A614B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исполнение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0472" w:rsidRPr="00E62213" w:rsidTr="00DC16DE">
+      <w:tr w:rsidR="00FA0472" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15801" w:type="dxa"/>
+            <w:tcW w:w="15451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0472" w:rsidRPr="00E62213" w:rsidRDefault="00BF05E5" w:rsidP="006102CE">
+          <w:p w:rsidR="00FA0472" w:rsidRPr="004B2FF6" w:rsidRDefault="00BF05E5" w:rsidP="006102CE">
             <w:pPr>
               <w:pStyle w:val="newncpi"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Г</w:t>
             </w:r>
-            <w:r w:rsidR="00FA0472" w:rsidRPr="00E62213">
+            <w:r w:rsidR="00FA0472" w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>осударственное управление охраной труда на территориальном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8549F" w:rsidRPr="00E62213" w:rsidTr="00B977EA">
+      <w:tr w:rsidR="00F8549F" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="1947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F8549F" w:rsidRPr="004B2FF6" w:rsidRDefault="00F8549F" w:rsidP="00326759">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F8549F" w:rsidRPr="00E62213" w:rsidRDefault="00F8549F" w:rsidP="00583A72">
+          <w:p w:rsidR="00F8549F" w:rsidRPr="009B6BC7" w:rsidRDefault="00F8549F" w:rsidP="009B6BC7">
             <w:pPr>
               <w:pStyle w:val="newncpi"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">Рассмотрение вопросов соблюдения законодательства об охране труда, о принимаемых мерах по профилактике производственного травматизма </w:t>
             </w:r>
-            <w:r w:rsidR="00583A72">
+            <w:r w:rsidR="008C120C" w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:rStyle w:val="FontStyle25"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">и результатов </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:rStyle w:val="FontStyle25"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
-              <w:t>расследований несчастных случаев на производстве</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>расследований несчастных случаев на производстве.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F8549F" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="008310F8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="00F8549F" w:rsidRPr="009B6BC7" w:rsidRDefault="008310F8" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F8549F" w:rsidRPr="0045463F" w:rsidRDefault="0045463F" w:rsidP="000730EF">
+          <w:p w:rsidR="00F8549F" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Гродненского городского исполнительного комитета (далее – горисполком) </w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите Гродненского городского исполнительного комитета (далее – горисполком)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F3F1F" w:rsidRPr="00E62213" w:rsidTr="00415317">
+      <w:tr w:rsidR="005F3F1F" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
         <w:trPr>
-          <w:trHeight w:val="1411"/>
+          <w:trHeight w:val="1563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005F3F1F" w:rsidRPr="004B2FF6" w:rsidRDefault="005F3F1F" w:rsidP="00E93021">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00906986">
+            <w:r w:rsidR="00E93021">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005F3F1F" w:rsidRPr="00E62213" w:rsidRDefault="005F3F1F" w:rsidP="00415317">
+          <w:p w:rsidR="005F3F1F" w:rsidRPr="009B6BC7" w:rsidRDefault="005F3F1F" w:rsidP="00C01E2B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">Проведение </w:t>
             </w:r>
-            <w:r w:rsidR="00415317">
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>анализа эффективности функционирования систем</w:t>
+            </w:r>
+            <w:r w:rsidR="00326759" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> управления</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> охраной труда</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01E2B">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в городе Гродно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>, при необходимости внесение изменений и дополнений с целью ее корректировки.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005F3F1F" w:rsidRPr="00E62213" w:rsidRDefault="005F3F1F" w:rsidP="00BF05E5">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="005F3F1F" w:rsidRPr="009B6BC7" w:rsidRDefault="005F3F1F" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Ежегодно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005F3F1F" w:rsidRPr="0045463F" w:rsidRDefault="0045463F" w:rsidP="00B977EA">
+          </w:tcPr>
+          <w:p w:rsidR="005F3F1F" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="00E935AE">
+      <w:tr w:rsidR="008C120C" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
-          <w:trHeight w:val="1531"/>
+          <w:trHeight w:val="1563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C120C" w:rsidRPr="004B2FF6" w:rsidRDefault="008C120C" w:rsidP="00E93021">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00B977EA">
+          <w:p w:rsidR="008C120C" w:rsidRPr="009B6BC7" w:rsidRDefault="008C120C" w:rsidP="00C01E2B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F8044A">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">Изучение организации работы по охране труда и профилактики производственного травматизма </w:t>
             </w:r>
-            <w:r w:rsidR="00BD3EA0">
+            <w:r w:rsidR="00C01E2B">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">в </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F8044A">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>организаци</w:t>
             </w:r>
-            <w:r w:rsidR="00B977EA">
+            <w:r w:rsidR="00C01E2B">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>ях г. Гродно</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F8044A">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> и совещаниях.</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с рассмотрением на комиссиях.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00F463AB">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="008C120C" w:rsidRPr="009B6BC7" w:rsidRDefault="008C120C" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C120C" w:rsidRPr="009B6BC7" w:rsidRDefault="008C120C" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="00F8044A" w:rsidP="00B977EA">
+          </w:tcPr>
+          <w:p w:rsidR="008C120C" w:rsidRPr="009B6BC7" w:rsidRDefault="008C120C" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> горисполкома</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="00DC16DE">
+      <w:tr w:rsidR="008310F8" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="848"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15801" w:type="dxa"/>
+            <w:tcW w:w="15451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="008310F8" w:rsidP="00647190">
+          <w:p w:rsidR="008310F8" w:rsidRPr="009B6BC7" w:rsidRDefault="00092B19" w:rsidP="009B6BC7">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="924" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Реализации мероприятий задачи 4 «Улучшение условий и охр</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0045463F">
+              <w:t>Реализация</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
-              <w:t>Государственной программы «Рынок труда и содействие занятости» на 2021–2025 годы</w:t>
+              <w:t xml:space="preserve"> мероприятий задачи 2 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:b/>
+                  <w:sz w:val="30"/>
+                  <w:szCs w:val="30"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>подпрограммы 1</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Рынок труда» </w:t>
+            </w:r>
+            <w:r w:rsidR="008310F8" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Государственной программы «</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сбалансированный рынок труда» на 2026-2030 годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="00B977EA">
+      <w:tr w:rsidR="008310F8" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
-          <w:trHeight w:val="2410"/>
+          <w:trHeight w:val="1985"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008310F8" w:rsidRPr="004B2FF6" w:rsidRDefault="008310F8" w:rsidP="009053E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00B977EA">
+          <w:p w:rsidR="008310F8" w:rsidRPr="009B6BC7" w:rsidRDefault="008310F8" w:rsidP="00C01E2B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Выполнение запланированных</w:t>
             </w:r>
-            <w:r w:rsidR="00906986">
-              <w:rPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">показателей  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
-              <w:t>Государственной программы «Рынок труда и содействие занятости» на 2021–2025 годы</w:t>
-[...4 lines deleted...]
-                <w:szCs w:val="30"/>
+              <w:t xml:space="preserve">Государственной программы </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сбалансированный рынок труда» на 2026-2030 годы</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B977EA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidR="009B6BC7" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="00C60423" w:rsidRPr="00E62213">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve"> год</w:t>
             </w:r>
-            <w:r w:rsidR="00B977EA">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> согласно приложению 1.</w:t>
+            <w:r w:rsidR="008C120C" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> согласно приложению.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00B645EF">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="008310F8" w:rsidRPr="009B6BC7" w:rsidRDefault="008310F8" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="000730EF" w:rsidP="00B645EF">
+          <w:p w:rsidR="008310F8" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...25 lines deleted...]
-              <w:t>, организации коммунальной и частной форм собственности,  расположенные на подведомственной территории (далее - организации)</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
+            <w:r w:rsidR="008310F8" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, организации коммунальной и частной форм собственности,  расположенные на подведомственной территории (далее </w:t>
+            </w:r>
+            <w:r w:rsidR="007E5FE1" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="008310F8" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="003E013C">
+      <w:tr w:rsidR="008310F8" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008310F8" w:rsidRPr="004B2FF6" w:rsidRDefault="008310F8" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00E935AE">
+          <w:p w:rsidR="008310F8" w:rsidRPr="009B6BC7" w:rsidRDefault="008310F8" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Проведение смотров-конкурсов: </w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Проведение Года безопасного труда</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60423" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C60423" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6554B" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>энергетике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="009F626C">
-[...11 lines deleted...]
-            <w:tcW w:w="5028" w:type="dxa"/>
+          <w:p w:rsidR="008310F8" w:rsidRPr="009B6BC7" w:rsidRDefault="008310F8" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="008310F8" w:rsidP="00DC16DE">
+          <w:p w:rsidR="008310F8" w:rsidRPr="009B6BC7" w:rsidRDefault="00CC4C8C" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="00E935AE">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
-          <w:trHeight w:val="847"/>
+          <w:trHeight w:val="995"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>.1</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00E935AE">
-[...1 lines deleted...]
-              <w:ind w:left="33"/>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> году;</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Проведение смотра-конкурса на лучшую организацию работы по охране труда в 2025 году.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="00B977EA" w:rsidP="009F626C">
-[...18 lines deleted...]
-            <w:tcW w:w="5028" w:type="dxa"/>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Январь-ф</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6F28" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>евраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="000730EF" w:rsidP="00E935AE">
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...25 lines deleted...]
-              <w:t>горисполкома</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="00E935AE">
-[...162 lines deleted...]
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="00E935AE">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="1501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>2.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Проведение мероприятия «Неделя нулевого травматизма».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00543326" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>9-15 февраля,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>9-15 марта,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00543326" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>11-17 мая,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>8-14 июня,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00543326" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>10-</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C8C" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>16 августа,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>7-13 сентября,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC4C8C" w:rsidRPr="009B6BC7" w:rsidRDefault="00CC4C8C" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>12-18 октября,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>9-15 ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="00707BF2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома, организации всех форм собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C120C" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
+        <w:trPr>
+          <w:trHeight w:val="428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C120C" w:rsidRPr="004B2FF6" w:rsidRDefault="008C120C" w:rsidP="008C120C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C120C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="00583A72">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00E935AE">
+          <w:p w:rsidR="008C120C" w:rsidRPr="009B6BC7" w:rsidRDefault="009D0378" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:bCs/>
-[...9 lines deleted...]
-              <w:t>Проведение мероприятия «Неделя нулевого травматизма».</w:t>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечение выполнения в 2026 году организациями планов мероприятий по улучшению условий труда на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>рабочих местах с вредными и (или) опасными условиями труда, направленных на снижение таких рабочих мест и количества работающих на них.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906986" w:rsidRDefault="00906986" w:rsidP="00ED1199">
-[...168 lines deleted...]
-            <w:tcW w:w="5028" w:type="dxa"/>
+          <w:p w:rsidR="008C120C" w:rsidRPr="009B6BC7" w:rsidRDefault="009D0378" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="000730EF" w:rsidP="00B977EA">
+          </w:tcPr>
+          <w:p w:rsidR="008C120C" w:rsidRPr="009B6BC7" w:rsidRDefault="009D0378" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> всех форм собственности</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управл</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ение по труду, занятости и социальной защите </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>горисполкома, организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="00DC16DE">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15801" w:type="dxa"/>
+            <w:tcW w:w="15451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="008310F8" w:rsidP="005F3F1F">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="924" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Организация обучения, проверки знаний и повышения квалификации по вопросам охраны труда руководителей и специалистов организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="003E013C">
+      <w:tr w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
-          <w:trHeight w:val="581"/>
+          <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:t>3.1</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidRDefault="00474EDE" w:rsidP="00474EDE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00CC4C8C" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Обеспечение работы комисси</w:t>
+            </w:r>
+            <w:r w:rsidR="00326759" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>горисполкома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>для проверки знаний по вопросам охраны труда</w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
+        <w:trPr>
+          <w:trHeight w:val="696"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="00474EDE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="003E013C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Организация и проведение:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="008C443A">
-[...11 lines deleted...]
-            <w:tcW w:w="5028" w:type="dxa"/>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="008310F8" w:rsidP="00370F6E">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidTr="001D7E05">
-[...20 lines deleted...]
-              <w:t>3.1.1</w:t>
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="00474EDE" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6F28" w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="00B977EA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
-              <w:t>семинаров и учеб по вопросам соблюдения законодательства об охране труда,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B977EA">
+              <w:t xml:space="preserve">семинаров и учеб по вопросам соблюдения законодательства об охране труда, профилактики производственного травматизма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>соблюдения трудовой, производственной и технологической дисциплины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
+              <w:t xml:space="preserve"> для работников организаций с  демонстрацией видеофильм</w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по профилактике производственного травматизма, предоставленны</w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Гродненским областным управлением </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Департамента государственной инспекции труда</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E62213">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
-              <w:t xml:space="preserve"> для работников организа</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00583A72">
+              <w:t>Министерства труда</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
-              <w:t>ций с  демонстрацией видеофильмов</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+              <w:t xml:space="preserve"> и социальной защиты Республики Беларусь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
-              <w:t xml:space="preserve"> по профилактике производственного травматизма, п</w:t>
-[...39 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="00E62213" w:rsidRDefault="008310F8" w:rsidP="008C443A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008310F8" w:rsidRPr="0045463F" w:rsidRDefault="000730EF" w:rsidP="002F22E2">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="00474EDE" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6F28" w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">семинаров-совещаний для руководителей и специалистов организаций, председателей профкомов и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>других</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заинтересованных с участием представителей Гродненского областного управления Департамента государственной инспекции труда</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
+              <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0045463F">
-[...4 lines deleted...]
-              <w:t>горисполкома</w:t>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министерства труда и социальной защиты </w:t>
+            </w:r>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Республики Беларусь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по условиям и охраны труда, в том числе по результатам выездов рейдовых групп технической инспекции труда Федерации профсоюзов Беларуси; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00326759" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6F28" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>, Гродненское областное объединение профсоюзов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidTr="00B977EA">
+      <w:tr w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
         <w:trPr>
-          <w:trHeight w:val="1749"/>
+          <w:trHeight w:val="1940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidRDefault="00474EDE" w:rsidP="00326759">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="00427593">
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">Направление руководителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>организаций, где зарегистрированы случаи производственного травматизма, произошедшие по вине нанимателя, на внеочередную проверку знаний по вопросам охраны труда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="00427593">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="00427593">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>по результатам специальных расследований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00103A2A" w:rsidRPr="0045463F" w:rsidRDefault="000730EF" w:rsidP="00B977EA">
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00204D10" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidTr="00427593">
+      <w:tr w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
         <w:trPr>
           <w:trHeight w:val="1246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidRDefault="00474EDE" w:rsidP="00326759">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="00427593">
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> специалистов по специальности «Охрана труда».</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Обеспечение повышение квалификации специалистов по охране труда и переподготовк</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> специалистов по специальности «Охрана труда», в том числе на базе высшего образования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="00427593">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00103A2A" w:rsidRPr="0045463F" w:rsidRDefault="000730EF" w:rsidP="00B977EA">
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00204D10" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...25 lines deleted...]
-              <w:t>, организации</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidTr="00DC16DE">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15801" w:type="dxa"/>
+            <w:tcW w:w="15451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="008C443A">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:pStyle w:val="newncpi"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve">Анализ причин производственного травматизма в организациях, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="006102CE">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:pStyle w:val="newncpi"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>разработка и реализация мер по их профилактике</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidTr="00B977EA">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
         <w:trPr>
-          <w:trHeight w:val="1704"/>
+          <w:trHeight w:val="1278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:t>4.1</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="008B14F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="008B14F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="00B977EA">
-[...1 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000730EF">
-[...60 lines deleted...]
-              <w:t>для использования в профилактической и информационной работе.</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Анализ эффективности разработанных систем управления охраной труда организаций и внесение, при необходимости, в них изменений.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="00103A2A" w:rsidP="00427593">
-[...18 lines deleted...]
-            <w:tcW w:w="5028" w:type="dxa"/>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00103A2A" w:rsidRPr="00E62213" w:rsidRDefault="000730EF" w:rsidP="00B977EA">
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00204D10" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0045463F">
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
+            <w:r w:rsidR="005C6F28" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>, организации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidTr="00E62213">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
         <w:trPr>
-          <w:trHeight w:val="1704"/>
+          <w:trHeight w:val="1493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="008B14F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="008B14F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>По результатам анализа производственного травматизма организация и проведение месячников (декад) безопасности в наиболее травмоопасных сферах и отраслях экономики.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>по отдельным планам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00204D10" w:rsidP="00707BF2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
+        <w:trPr>
+          <w:trHeight w:val="2696"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="008B14F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4.3</w:t>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="008B14F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="00A97B43">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...4 lines deleted...]
-              <w:t>По результатам анализа производственного травматизма организация и проведение месячников (декад) безопасности в наиболее травмоопасных сферах и отраслях экономики.</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Организация работ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C8C" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01E2B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городской</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C8C" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мобильной группы  по оказанию практической и методической помощи организациям всех сфер деятельности, расположенным на подведомственной территории, в обеспечении соблюдения законодательства об охране труда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>, акцентировав внимание на  наиболее травмоопа</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C8C" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>сные сферы и отрасли экономики.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="00A97B43">
-[...34 lines deleted...]
-            <w:tcW w:w="5028" w:type="dxa"/>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="000730EF" w:rsidP="002F22E2">
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00CC4C8C" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidTr="00B57CD2">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15801" w:type="dxa"/>
+            <w:tcW w:w="15451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="008C443A">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="00C01E2B">
             <w:pPr>
               <w:pStyle w:val="newncpi"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...8 lines deleted...]
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="009053E6">
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Информационное обеспечение организаций по вопросам охраны труда,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="00C01E2B">
             <w:pPr>
               <w:pStyle w:val="newncpi"/>
               <w:ind w:left="927" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>пропаганда и распространение передового опыта в области охраны труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidTr="00E62213">
+      <w:tr w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
-          <w:trHeight w:val="2129"/>
+          <w:trHeight w:val="2603"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:t>5.1</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidRDefault="00474EDE" w:rsidP="00474EDE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="00C01E2B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Освещение государственными средствами массовой информации вопросов охраны труда и производственного травматизма, размещение на </w:t>
+            </w:r>
+            <w:r w:rsidR="00005A51" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>интернет-сайтах горисполкома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>телеграм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>-каналах информации о состоянии условий и охраны труда, мероприятиях по профилактике производственного травматизма.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00C01E2B" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осударственные средства массовой информации, </w:t>
+            </w:r>
+            <w:r w:rsidR="00005A51" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>отдел</w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> идеологической работы и по делам молодежи </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40E7E" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>горисполкома</w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40E7E" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">управление по труду, занятости и социальной защите горисполкома, </w:t>
+            </w:r>
+            <w:r w:rsidR="00474EDE" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организации, Гродненское областное объединение профсоюзов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
+        <w:trPr>
+          <w:trHeight w:val="1253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="003E013C">
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="00C01E2B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...4 lines deleted...]
-              <w:t>Подготовка и направление в организации информационных писем по актуальным вопросам профилактики производственного травматизма и характерным нарушениям законодательства об охране труда, допускаемых нанимателями, а также меры, которые необходимо принять для их устранения.</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>С целью профилактики и информационного обеспечения по вопросам охраны труда организация и проведение:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="006B3F63">
-[...24 lines deleted...]
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="000730EF" w:rsidP="00B977EA">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00543326" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
+          </w:p>
+          <w:p w:rsidR="00543326" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
+            <w:r w:rsidR="005C6F28" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>, организации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidTr="003E013C">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
         <w:trPr>
-          <w:trHeight w:val="1253"/>
+          <w:trHeight w:val="1562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:t>5.2</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>5.2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204D10" w:rsidRPr="009B6BC7" w:rsidRDefault="00204D10" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>городских дней охраны труда с единой повесткой:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D0378" w:rsidRPr="009B6BC7" w:rsidRDefault="00204D10" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D0378" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Производственный травматизм. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C650D" w:rsidRPr="009B6BC7" w:rsidRDefault="009D0378" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Пьянство на рабочем месте – основной фактор риска»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00204D10" w:rsidRPr="009B6BC7" w:rsidRDefault="009D0378" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Безопасное поведение на дороге и соблюдение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">правил дорожного движения   – основа профилактики дорожно-транспортных происшествий» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>областных Дней охраны труда с единой повесткой:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:ind w:firstLine="317"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Охрана труда при работе на высоте: новые требования для обеспечения безопасного труда</w:t>
+            </w:r>
+            <w:r w:rsidR="00543326" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:ind w:firstLine="317"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>«Электробезопасность. Требования к переносным и</w:t>
+            </w:r>
+            <w:r w:rsidR="00543326" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> передвижным </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00543326" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>электроприёмникам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00543326" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204D10" w:rsidRPr="009B6BC7" w:rsidRDefault="00204D10" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00204D10" w:rsidRPr="009B6BC7" w:rsidRDefault="003C650D" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>9 февраля</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009B6BC7" w:rsidRPr="009B6BC7" w:rsidRDefault="009B6BC7" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="555"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C650D" w:rsidRPr="009B6BC7" w:rsidRDefault="003C650D" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="555"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>12 октября</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C650D" w:rsidRPr="009B6BC7" w:rsidRDefault="003C650D" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B14F8" w:rsidRPr="009B6BC7" w:rsidRDefault="008B14F8" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009D0378" w:rsidRPr="009B6BC7" w:rsidRDefault="009D0378" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>12 марта</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>12 ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="009B6BC7">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00391CA8" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="003E013C">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...4 lines deleted...]
-              <w:t>С целью профилактики и информационного обеспечения по вопросам охраны труда организация и проведение:</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Всемирного Дня охраны труда с единой повесткой, рекомендованной Международной организацией труда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="006B3F63">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>28 апреля,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidTr="003E013C">
+      <w:tr w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
         <w:trPr>
-          <w:trHeight w:val="2529"/>
+          <w:trHeight w:val="2129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...372 lines deleted...]
-              <w:t>5.2.2</w:t>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="004B2FF6" w:rsidRDefault="00474EDE" w:rsidP="00D54D1C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54D1C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="003E013C">
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...4 lines deleted...]
-              <w:t>Всемирного Дня охраны труда с единой повесткой, рекомендованной Международной организацией труда.</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Подготовка и направление в организации информационных писем по актуальным вопросам профилактики производственного травматизма и характерным нарушениям законодательства об охране труда, допускаемых нанимателями, а также меры, которые необходимо принять для их устранения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="006B3F63">
-[...35 lines deleted...]
-            <w:vMerge/>
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00474EDE" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E62213" w:rsidRPr="00E62213" w:rsidRDefault="00E62213" w:rsidP="00370F6E">
+          <w:p w:rsidR="00474EDE" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="00707BF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F05695" w:rsidRPr="00E62213" w:rsidTr="00B977EA">
-[...174 lines deleted...]
-      <w:tr w:rsidR="00F05695" w:rsidRPr="00E62213" w:rsidTr="00E62213">
+      <w:tr w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidTr="00707BF2">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E62213">
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="004B2FF6" w:rsidRDefault="005C6F28" w:rsidP="006102CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2FF6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F05695" w:rsidRPr="00E62213" w:rsidRDefault="00F05695" w:rsidP="00E62213">
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E62213">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> плакатов и рекламных роликов по охране труда и их размещение в общественных местах и в общественном транспорте как социальной рекламы, направленной на популяризацию здоровых и безопасных условий труда.</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Изготовление плакатов и рекламных роликов по охране труда и их размещение в общественных местах и в общественном транспорте как социальной рекламы, направленной на популяризацию здоровых и безопасных условий труда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F05695" w:rsidRPr="00E62213" w:rsidRDefault="00F05695" w:rsidP="006B3F63">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="005C6F28" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C6F28" w:rsidRPr="009B6BC7" w:rsidRDefault="00543326" w:rsidP="00707BF2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>управление по труду, занятости и социальной защите горисполкома</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6F28" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>, организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020158C" w:rsidRPr="00E62213" w:rsidTr="009B6BC7">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0020158C" w:rsidRPr="00E62213" w:rsidRDefault="0020158C" w:rsidP="00326759">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E62213">
               <w:rPr>
-                <w:sz w:val="30"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00F05695" w:rsidRPr="00E62213" w:rsidRDefault="002354A7" w:rsidP="00B977EA">
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0020158C" w:rsidRPr="009B6BC7" w:rsidRDefault="0020158C" w:rsidP="009B6BC7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045463F">
-[...11 lines deleted...]
-              <w:t>, организации</w:t>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Проведение смотр</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6BC7" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>-конкурс</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6BC7" w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>а детского рисунка и плаката «Моё будущее – безопасность труда моих родителей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0020158C" w:rsidRPr="009B6BC7" w:rsidRDefault="009B6BC7" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>Январь-апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0020158C" w:rsidRPr="009B6BC7" w:rsidRDefault="009B6BC7" w:rsidP="009B6BC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BC7">
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+              </w:rPr>
+              <w:t>отдел образования горисполкома, управление по труду, занятости и социальной защите горисполкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006E5C0A" w:rsidRDefault="006E5C0A" w:rsidP="0046397C">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E5C0A" w:rsidSect="000F5CC6">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="709" w:right="539" w:bottom="1135" w:left="540" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00EE4DFA" w:rsidRDefault="00EE4DFA" w:rsidP="00A614B3">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="009B6BC7" w:rsidRDefault="009B6BC7" w:rsidP="00A614B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00EE4DFA" w:rsidRDefault="00EE4DFA" w:rsidP="00A614B3">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="009B6BC7" w:rsidRDefault="009B6BC7" w:rsidP="00A614B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00EE4DFA" w:rsidRDefault="00EE4DFA" w:rsidP="00A614B3">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="009B6BC7" w:rsidRDefault="009B6BC7" w:rsidP="00A614B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00EE4DFA" w:rsidRDefault="00EE4DFA" w:rsidP="00A614B3">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="009B6BC7" w:rsidRDefault="009B6BC7" w:rsidP="00A614B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="8285370"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="0026289F" w:rsidRDefault="008B46DA">
+      <w:p w:rsidR="009B6BC7" w:rsidRDefault="009B6BC7">
         <w:pPr>
           <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FC6410">
+        <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EA049C">
+        <w:r w:rsidR="00707BF2">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0026289F" w:rsidRDefault="0026289F">
+  <w:p w:rsidR="009B6BC7" w:rsidRDefault="009B6BC7">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="20807C66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E52663D8"/>
     <w:lvl w:ilvl="0" w:tplc="DEB8EB48">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
@@ -3974,410 +4511,428 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="71F7548A"/>
+    <w:nsid w:val="55BD0A36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="16343BC4"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="39CEFFAE"/>
+    <w:lvl w:ilvl="0" w:tplc="86E8DAD2">
+      <w:start w:val="2014"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="86"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D40F3"/>
+    <w:rsid w:val="00005A51"/>
     <w:rsid w:val="00007185"/>
     <w:rsid w:val="00007ECC"/>
-    <w:rsid w:val="00013F8B"/>
-    <w:rsid w:val="000730EF"/>
     <w:rsid w:val="00087D3B"/>
+    <w:rsid w:val="00092B19"/>
     <w:rsid w:val="0009797E"/>
     <w:rsid w:val="000D3356"/>
     <w:rsid w:val="000E5A56"/>
     <w:rsid w:val="000F34BA"/>
     <w:rsid w:val="000F5CC6"/>
     <w:rsid w:val="0010384D"/>
     <w:rsid w:val="00103A2A"/>
     <w:rsid w:val="0010510E"/>
-    <w:rsid w:val="001A2518"/>
-    <w:rsid w:val="001A572C"/>
+    <w:rsid w:val="00105241"/>
+    <w:rsid w:val="001814C9"/>
     <w:rsid w:val="001B46FC"/>
     <w:rsid w:val="001D3F9D"/>
     <w:rsid w:val="001D7E05"/>
     <w:rsid w:val="001E0AFC"/>
     <w:rsid w:val="001E4D09"/>
+    <w:rsid w:val="0020158C"/>
     <w:rsid w:val="00202CB8"/>
+    <w:rsid w:val="00204D10"/>
     <w:rsid w:val="002058FC"/>
     <w:rsid w:val="002332F3"/>
-    <w:rsid w:val="002354A7"/>
-    <w:rsid w:val="00235916"/>
+    <w:rsid w:val="00246800"/>
     <w:rsid w:val="002551C1"/>
     <w:rsid w:val="00257C05"/>
     <w:rsid w:val="0026289F"/>
-    <w:rsid w:val="0027385D"/>
+    <w:rsid w:val="00262D7C"/>
     <w:rsid w:val="002772F3"/>
     <w:rsid w:val="002862C5"/>
+    <w:rsid w:val="002A558B"/>
     <w:rsid w:val="002D3BED"/>
     <w:rsid w:val="002D7BF5"/>
-    <w:rsid w:val="002F22E2"/>
     <w:rsid w:val="00306E06"/>
     <w:rsid w:val="003236D4"/>
+    <w:rsid w:val="00326759"/>
     <w:rsid w:val="00335480"/>
     <w:rsid w:val="00370F6E"/>
-    <w:rsid w:val="00391CA8"/>
     <w:rsid w:val="003A11AD"/>
     <w:rsid w:val="003A1803"/>
-    <w:rsid w:val="003A7AB9"/>
+    <w:rsid w:val="003C650D"/>
     <w:rsid w:val="003D1AD3"/>
     <w:rsid w:val="003E013C"/>
+    <w:rsid w:val="003E2D6A"/>
     <w:rsid w:val="003F449B"/>
     <w:rsid w:val="004003AF"/>
     <w:rsid w:val="004010CA"/>
-    <w:rsid w:val="00415317"/>
+    <w:rsid w:val="004066D6"/>
     <w:rsid w:val="00427051"/>
     <w:rsid w:val="00427593"/>
     <w:rsid w:val="00431851"/>
-    <w:rsid w:val="00432D1F"/>
     <w:rsid w:val="00437BB2"/>
-    <w:rsid w:val="0045463F"/>
+    <w:rsid w:val="0045252E"/>
     <w:rsid w:val="0046397C"/>
     <w:rsid w:val="00467F9C"/>
     <w:rsid w:val="00473089"/>
+    <w:rsid w:val="00474EDE"/>
     <w:rsid w:val="0048129A"/>
     <w:rsid w:val="004A2501"/>
-    <w:rsid w:val="004B588C"/>
+    <w:rsid w:val="004B2FF6"/>
     <w:rsid w:val="004B7A0B"/>
     <w:rsid w:val="004C7F5B"/>
-    <w:rsid w:val="004D582E"/>
-    <w:rsid w:val="004D5C5B"/>
     <w:rsid w:val="004E2C40"/>
+    <w:rsid w:val="00504B2A"/>
     <w:rsid w:val="00522806"/>
     <w:rsid w:val="0054172C"/>
+    <w:rsid w:val="00543326"/>
     <w:rsid w:val="00556C27"/>
     <w:rsid w:val="0057122B"/>
     <w:rsid w:val="00583455"/>
-    <w:rsid w:val="00583A72"/>
     <w:rsid w:val="00595C80"/>
-    <w:rsid w:val="005A41DD"/>
     <w:rsid w:val="005A6B6C"/>
-    <w:rsid w:val="005B1F21"/>
     <w:rsid w:val="005B2924"/>
     <w:rsid w:val="005B4A77"/>
+    <w:rsid w:val="005C6F28"/>
     <w:rsid w:val="005F3F1F"/>
     <w:rsid w:val="005F7511"/>
     <w:rsid w:val="006102CE"/>
     <w:rsid w:val="0063231C"/>
     <w:rsid w:val="006346E3"/>
     <w:rsid w:val="00647190"/>
+    <w:rsid w:val="00654ECB"/>
     <w:rsid w:val="00663213"/>
     <w:rsid w:val="00664420"/>
     <w:rsid w:val="006A4CF1"/>
     <w:rsid w:val="006B1BDF"/>
     <w:rsid w:val="006B3F63"/>
     <w:rsid w:val="006C2B76"/>
     <w:rsid w:val="006E4537"/>
     <w:rsid w:val="006E5C0A"/>
+    <w:rsid w:val="00707BF2"/>
     <w:rsid w:val="00737929"/>
     <w:rsid w:val="007D40F3"/>
+    <w:rsid w:val="007E5FE1"/>
     <w:rsid w:val="00820EFF"/>
-    <w:rsid w:val="008235C8"/>
     <w:rsid w:val="008310F8"/>
     <w:rsid w:val="00866771"/>
     <w:rsid w:val="00870714"/>
+    <w:rsid w:val="00895336"/>
     <w:rsid w:val="00895B35"/>
+    <w:rsid w:val="008B14F8"/>
     <w:rsid w:val="008B301C"/>
-    <w:rsid w:val="008B46DA"/>
     <w:rsid w:val="008C0A81"/>
+    <w:rsid w:val="008C120C"/>
     <w:rsid w:val="008C443A"/>
+    <w:rsid w:val="008C744B"/>
     <w:rsid w:val="009053E6"/>
     <w:rsid w:val="009068FB"/>
-    <w:rsid w:val="00906986"/>
     <w:rsid w:val="009122FF"/>
     <w:rsid w:val="0093404F"/>
-    <w:rsid w:val="00936E09"/>
+    <w:rsid w:val="00935D07"/>
     <w:rsid w:val="009566E6"/>
     <w:rsid w:val="00956F2B"/>
     <w:rsid w:val="00957B81"/>
+    <w:rsid w:val="00982FB4"/>
     <w:rsid w:val="0098626D"/>
-    <w:rsid w:val="009C40CE"/>
+    <w:rsid w:val="009B6BC7"/>
+    <w:rsid w:val="009D0378"/>
     <w:rsid w:val="009D6647"/>
     <w:rsid w:val="009F293A"/>
     <w:rsid w:val="009F626C"/>
     <w:rsid w:val="00A00858"/>
+    <w:rsid w:val="00A3568F"/>
+    <w:rsid w:val="00A40E7E"/>
     <w:rsid w:val="00A553F2"/>
     <w:rsid w:val="00A614B3"/>
     <w:rsid w:val="00A657A5"/>
-    <w:rsid w:val="00A921EA"/>
+    <w:rsid w:val="00A72A29"/>
+    <w:rsid w:val="00A82811"/>
     <w:rsid w:val="00AA1B69"/>
-    <w:rsid w:val="00AB2F0E"/>
     <w:rsid w:val="00AC4799"/>
     <w:rsid w:val="00AD2D2B"/>
     <w:rsid w:val="00AE1C2E"/>
     <w:rsid w:val="00AE33D0"/>
-    <w:rsid w:val="00AE3EE1"/>
     <w:rsid w:val="00AF2A94"/>
     <w:rsid w:val="00B07AAA"/>
     <w:rsid w:val="00B13380"/>
     <w:rsid w:val="00B242AF"/>
+    <w:rsid w:val="00B2625C"/>
     <w:rsid w:val="00B57CD2"/>
-    <w:rsid w:val="00B66395"/>
     <w:rsid w:val="00B737F3"/>
     <w:rsid w:val="00B74A78"/>
     <w:rsid w:val="00B82B05"/>
     <w:rsid w:val="00B83955"/>
     <w:rsid w:val="00B87F67"/>
-    <w:rsid w:val="00B977EA"/>
-    <w:rsid w:val="00BD3EA0"/>
     <w:rsid w:val="00BF05E5"/>
     <w:rsid w:val="00BF745C"/>
     <w:rsid w:val="00BF798B"/>
-    <w:rsid w:val="00C15DCD"/>
-    <w:rsid w:val="00C329CC"/>
+    <w:rsid w:val="00C01E2B"/>
+    <w:rsid w:val="00C26BA4"/>
     <w:rsid w:val="00C37EEA"/>
     <w:rsid w:val="00C37F53"/>
     <w:rsid w:val="00C557E0"/>
     <w:rsid w:val="00C60423"/>
     <w:rsid w:val="00C761D6"/>
     <w:rsid w:val="00CB2540"/>
     <w:rsid w:val="00CC33A3"/>
+    <w:rsid w:val="00CC4C8C"/>
     <w:rsid w:val="00CC6772"/>
-    <w:rsid w:val="00CC6BFB"/>
     <w:rsid w:val="00CE364C"/>
     <w:rsid w:val="00D1534B"/>
     <w:rsid w:val="00D41D02"/>
+    <w:rsid w:val="00D54D1C"/>
     <w:rsid w:val="00D74A20"/>
     <w:rsid w:val="00DB267D"/>
     <w:rsid w:val="00DC16DE"/>
+    <w:rsid w:val="00DC1952"/>
     <w:rsid w:val="00DE22D3"/>
     <w:rsid w:val="00DF7CE9"/>
     <w:rsid w:val="00E00794"/>
     <w:rsid w:val="00E62213"/>
     <w:rsid w:val="00E87E99"/>
+    <w:rsid w:val="00E93021"/>
     <w:rsid w:val="00E935AE"/>
-    <w:rsid w:val="00EA049C"/>
+    <w:rsid w:val="00EB173E"/>
     <w:rsid w:val="00EB5BF8"/>
     <w:rsid w:val="00ED066F"/>
     <w:rsid w:val="00ED1335"/>
-    <w:rsid w:val="00EE4DFA"/>
     <w:rsid w:val="00EF434E"/>
+    <w:rsid w:val="00F05034"/>
     <w:rsid w:val="00F05695"/>
     <w:rsid w:val="00F11D5B"/>
     <w:rsid w:val="00F205C5"/>
     <w:rsid w:val="00F237FF"/>
     <w:rsid w:val="00F329B5"/>
+    <w:rsid w:val="00F34C90"/>
     <w:rsid w:val="00F4753A"/>
+    <w:rsid w:val="00F6554B"/>
     <w:rsid w:val="00F73A40"/>
-    <w:rsid w:val="00F8044A"/>
+    <w:rsid w:val="00F75588"/>
     <w:rsid w:val="00F8549F"/>
     <w:rsid w:val="00F85EAB"/>
     <w:rsid w:val="00FA0472"/>
     <w:rsid w:val="00FA6C48"/>
     <w:rsid w:val="00FB615A"/>
     <w:rsid w:val="00FC6410"/>
     <w:rsid w:val="00FD24EE"/>
     <w:rsid w:val="00FF0931"/>
     <w:rsid w:val="00FF0971"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="244CDDFA"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
@@ -4515,51 +5070,50 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007D40F3"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="007D40F3"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
@@ -4727,55 +5281,62 @@
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00583455"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="titlep">
     <w:name w:val="titlep"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00F05695"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE3EE1"/>
+    <w:rsid w:val="004066D6"/>
     <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4950,58 +5511,65 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="007D40F3"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A614B3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A614B3"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
@@ -5118,55 +5686,73 @@
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="number">
     <w:name w:val="number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00583455"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="titlep">
     <w:name w:val="titlep"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00F05695"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="004066D6"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="255333587">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="388654742">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5210,51 +5796,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1765344893">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=5506EDD0D8467DD81156788C54FE2BEC4B90EF1155AC3985DDA092011C3F352154B34B5D2FEBC268F6742EC3424105CFA712C7F82AC4FA551F9E006056xFFDR" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5496,71 +6082,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ECCFEE1-3B29-460A-BDC8-A40FDF797F21}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5206</Characters>
+  <Pages>6</Pages>
+  <Words>1219</Words>
+  <Characters>6954</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6107</CharactersWithSpaces>
+  <CharactersWithSpaces>8157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>A.Furs</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>